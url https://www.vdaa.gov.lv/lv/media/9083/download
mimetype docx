--- v0 (2025-11-20)
+++ v1 (2026-01-07)
@@ -1,2940 +1,2122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2B3E8D50" w14:textId="77777777" w:rsidR="00385D5E" w:rsidRPr="00036C4B" w:rsidRDefault="00385D5E" w:rsidP="00385D5E">
+    <w:p w14:paraId="08E3AD74" w14:textId="53B9D657" w:rsidR="00E7670B" w:rsidRPr="00E7670B" w:rsidRDefault="00E213D4" w:rsidP="00E7670B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:lang w:val="lv-LV"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00036C4B">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
-          <w:lang w:val="lv-LV"/>
-[...1 lines deleted...]
-        <w:t>Iestādes oficiālā veidlapa</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Datu ņēmēja</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7670B" w:rsidRPr="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veidlapa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BFEEC9" w14:textId="2B9D5585" w:rsidR="00385D5E" w:rsidRPr="00036C4B" w:rsidRDefault="00385D5E" w:rsidP="79948F54">
+    <w:p w14:paraId="2181F6DC" w14:textId="77777777" w:rsidR="00E7670B" w:rsidRPr="00E7670B" w:rsidRDefault="00E7670B" w:rsidP="00E7670B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Nosaukums un rekvizīti, elektroniskā pasta adrese)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E826D9" w14:textId="77777777" w:rsidR="00E7670B" w:rsidRPr="00E7670B" w:rsidRDefault="00E7670B" w:rsidP="00E7670B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12270CE8" w14:textId="77777777" w:rsidR="00E7670B" w:rsidRPr="00E7670B" w:rsidRDefault="00E7670B" w:rsidP="00E7670B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____.____.20__. Nr._______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F26CAFD" w14:textId="68F1264B" w:rsidR="00E7670B" w:rsidRDefault="00E213D4" w:rsidP="00172733">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1284"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:right="62"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E213D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Datu devējam/servisa pārzinim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC114B5" w14:textId="12CE5D04" w:rsidR="007A1442" w:rsidRPr="007A1442" w:rsidRDefault="007A1442" w:rsidP="007A1442">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1284"/>
+        </w:tabs>
+        <w:ind w:right="61"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A1442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nosūtīšanai e-adresē</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="290D88DD" w14:textId="77777777" w:rsidR="00E7670B" w:rsidRDefault="00E7670B" w:rsidP="00E7670B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66664C54" w14:textId="6E6DF5A8" w:rsidR="00A23B59" w:rsidRPr="00E7670B" w:rsidRDefault="00E27C61" w:rsidP="00E7670B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00036C4B">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Par piekļuves nodrošināšanu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B54110">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tī</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7670B" w:rsidRPr="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ļa pakalpēm API Pārvaldnieka</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="73385BC0" w14:textId="77777777" w:rsidR="00385D5E" w:rsidRPr="00036C4B" w:rsidRDefault="00385D5E" w:rsidP="00385D5E">
+    <w:p w14:paraId="7F4AC51D" w14:textId="77777777" w:rsidR="009A781A" w:rsidRPr="00E7670B" w:rsidRDefault="009A781A">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20FC8991" w14:textId="69DA3EE8" w:rsidR="000D1921" w:rsidRPr="00036C4B" w:rsidRDefault="000D1921" w:rsidP="00626C0E">
+    <w:p w14:paraId="0CC542D6" w14:textId="7CB8A142" w:rsidR="004844AF" w:rsidRPr="004844AF" w:rsidRDefault="001E599A" w:rsidP="004844AF">
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00036C4B">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> attīstības aģentūrai</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pieteikuma pamatojums:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FBD1BD" w14:textId="098E1824" w:rsidR="000D1921" w:rsidRDefault="00626C0E" w:rsidP="00626C0E">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3251"/>
+        <w:gridCol w:w="3613"/>
+        <w:gridCol w:w="2765"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004905F8" w:rsidRPr="004844AF" w14:paraId="2A443951" w14:textId="77777777" w:rsidTr="004905F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06A1BFD2" w14:textId="1B5B4B6C" w:rsidR="004844AF" w:rsidRPr="004844AF" w:rsidRDefault="004844AF" w:rsidP="00D37D0C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004844AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E-pakalpojuma/datu</w:t>
+            </w:r>
+            <w:r w:rsidR="00D37D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004844AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>apmaiņas nosaukums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="064897FC" w14:textId="6190B5A7" w:rsidR="004844AF" w:rsidRPr="004844AF" w:rsidRDefault="004844AF" w:rsidP="00D37D0C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004844AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Normatīvais akts</w:t>
+            </w:r>
+            <w:r w:rsidR="00D37D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004844AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(tiesiskais pamats)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29FB56F8" w14:textId="77777777" w:rsidR="004844AF" w:rsidRPr="004844AF" w:rsidRDefault="004844AF" w:rsidP="00D37D0C">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004844AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Datu saņemšanas mērķis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004905F8" w:rsidRPr="004844AF" w14:paraId="3BB48C63" w14:textId="77777777" w:rsidTr="008C0F03">
+        <w:trPr>
+          <w:trHeight w:val="1101"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3251" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1657AE5F" w14:textId="0A38B517" w:rsidR="004844AF" w:rsidRPr="004844AF" w:rsidRDefault="004844AF" w:rsidP="003E715F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004844AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Paraugs: e-pakalpojums</w:t>
+            </w:r>
+            <w:r w:rsidR="006D10B4">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004844AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“Informācija par valsts nodevu”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3613" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CC9331A" w14:textId="3C87DF78" w:rsidR="004844AF" w:rsidRPr="004844AF" w:rsidRDefault="004844AF" w:rsidP="003E715F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004844AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Paraugs: Ministru kabineta noteikumi Nr. 999, 10.panta otrā daļa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBA35F4" w14:textId="77777777" w:rsidR="004844AF" w:rsidRPr="004844AF" w:rsidRDefault="004844AF" w:rsidP="006D10B4">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004844AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Paraugs: Automātiska valsts nodevas statusa pārbaude</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="34B01410" w14:textId="1EA8C7B9" w:rsidR="00E27C61" w:rsidRPr="003B1817" w:rsidRDefault="004844AF" w:rsidP="003B1817">
       <w:pPr>
-        <w:ind w:left="2160" w:firstLine="720"/>
-[...5 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626C0E">
-[...5 lines deleted...]
-        <w:t>Nosūtīšanai e-adresē</w:t>
+      <w:r w:rsidRPr="004844AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
-    </w:p>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">Par API Pārvaldnieka lietotāja tiesību piešķiršanu </w:t>
+      <w:r w:rsidR="00551AB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-        <w:t>Saskaņā ar Ministru kabineta 2016. gada 14. jūnija noteikumu Nr.374 “</w:t>
+      <w:r w:rsidR="00E27C61" w:rsidRPr="00E27C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lūdzu piešķirt piekļuvi API pārvald</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E978EA5">
-[...5 lines deleted...]
-        <w:t>Valsts informācijas sistēmu savietotāja noteikumi</w:t>
+      <w:r w:rsidR="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nieka</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E978EA5">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">” 29. punktu, lūdzam nodrošināt </w:t>
+      <w:r w:rsidR="00E27C61" w:rsidRPr="00E27C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008120B2">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">šādiem </w:t>
+      <w:r w:rsidR="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>testa</w:t>
       </w:r>
-      <w:r w:rsidRPr="007974FC">
-[...3 lines deleted...]
-        <w:t>iestādes</w:t>
+      <w:r w:rsidR="002B4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/produkcijas</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E978EA5">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> darbiniekiem piekļuvi (t.sk., izveidot lietotājus un piešķirt atbilstošas lomas) Valsts </w:t>
+      <w:r w:rsidR="008C0F03">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r w:rsidR="00E805DE">
-[...3 lines deleted...]
-        <w:t>digitālās</w:t>
+      <w:r w:rsidR="002B4636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vides</w:t>
       </w:r>
-      <w:r w:rsidRPr="6E978EA5">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> attīstības aģentūras uzturētajam API Pārvaldniekam:</w:t>
+      <w:r w:rsidR="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...21 lines deleted...]
-        <w:t>Informācija par iestādes lietotāju</w:t>
+      <w:r w:rsidR="00E27C61" w:rsidRPr="00E27C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>portālā reģistrēt</w:t>
       </w:r>
-      <w:r w:rsidR="00140306">
-[...5 lines deleted...]
-        <w:t>/-iem</w:t>
+      <w:r w:rsidR="00E7670B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ajai</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27C61" w:rsidRPr="00E27C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tīmekļa pakalpei:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9234" w:type="dxa"/>
-        <w:tblInd w:w="-252" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4075"/>
-        <w:gridCol w:w="5159"/>
+        <w:gridCol w:w="4957"/>
+        <w:gridCol w:w="4677"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007974FC" w14:paraId="2A8A387E" w14:textId="77777777" w:rsidTr="00CA5681">
+      <w:tr w:rsidR="00E27C61" w:rsidRPr="00E27C61" w14:paraId="3EFB4D08" w14:textId="77777777" w:rsidTr="009316B9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w14:paraId="033DB09A" w14:textId="0F80F93E" w:rsidR="007974FC" w:rsidRPr="00DE3BD3" w:rsidRDefault="007974FC" w:rsidP="00CA5681">
+          <w:p w14:paraId="76C00135" w14:textId="7CE83785" w:rsidR="00E27C61" w:rsidRPr="00E27C61" w:rsidRDefault="00E27C61" w:rsidP="00E27C61">
             <w:pPr>
-              <w:pStyle w:val="NewOldNormal"/>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00621684">
-              <w:t>Iestādes nosaukums</w:t>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tīmekļa pakalpe/-es (API), pie kuras/-ām nodrošināt piekļuvi</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="0" w:name="Nosaukums" w:displacedByCustomXml="next"/>
+      </w:tr>
+      <w:tr w:rsidR="00E27C61" w:rsidRPr="00E27C61" w14:paraId="4E263808" w14:textId="77777777" w:rsidTr="009316B9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4957" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C712A2" w14:textId="3CE54ECD" w:rsidR="00E27C61" w:rsidRPr="00E27C61" w:rsidRDefault="00E27C61" w:rsidP="00E27C61">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>API nosaukums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="7522ABD0" w14:textId="03F1A9DA" w:rsidR="00E27C61" w:rsidRPr="00E27C61" w:rsidRDefault="00E27C61" w:rsidP="00E27C61">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Metodes nosaukums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B310A4" w:rsidRPr="00E27C61" w14:paraId="4CA1E8A0" w14:textId="77777777" w:rsidTr="009316B9">
+        <w:trPr>
+          <w:trHeight w:val="848"/>
+        </w:trPr>
+        <w:bookmarkStart w:id="0" w:name="API_nosaukums" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:lang w:val="lv-LV"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:alias w:val="Iestādes nosaukums"/>
-[...1 lines deleted...]
-            <w:id w:val="1908188825"/>
+            <w:alias w:val="API_nosaukums"/>
+            <w:tag w:val="API_nosaukums"/>
+            <w:id w:val="44727347"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="85F348F8CD7043469BAFFCC78CFD40CA"/>
+              <w:docPart w:val="48DDFE6BF5C143B99984C18BA2E48962"/>
             </w:placeholder>
             <w:showingPlcHdr/>
-            <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5159" w:type="dxa"/>
+                <w:tcW w:w="4957" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="70ACA6DC" w14:textId="290D3CB2" w:rsidR="007974FC" w:rsidRDefault="007974FC" w:rsidP="00DE3BD3">
+              <w:p w14:paraId="2B407348" w14:textId="77777777" w:rsidR="00B310A4" w:rsidRPr="00E27C61" w:rsidRDefault="00B310A4">
                 <w:pPr>
                   <w:rPr>
-                    <w:lang w:val="lv-LV"/>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
-                  <w:t>Ievadiet iestādes nosaukumu</w:t>
+                  <w:t>Pievienojiet nepieciešamos API</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:bookmarkEnd w:id="0" w:displacedByCustomXml="prev"/>
+        <w:bookmarkStart w:id="1" w:name="API_metodes" w:displacedByCustomXml="next"/>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:alias w:val="API_metodes"/>
+            <w:tag w:val="API_metodes"/>
+            <w:id w:val="-1844469040"/>
+            <w:lock w:val="sdtLocked"/>
+            <w:placeholder>
+              <w:docPart w:val="F31487FB91504CF98A0E3F2471531319"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="4677" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="62936BF8" w14:textId="1FDB33AC" w:rsidR="00B310A4" w:rsidRPr="00E27C61" w:rsidRDefault="00B310A4">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Pievienojiet nepieciešamās metodes</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:bookmarkEnd w:id="1" w:displacedByCustomXml="prev"/>
       </w:tr>
-      <w:tr w:rsidR="007974FC" w14:paraId="4CCDAF03" w14:textId="77777777" w:rsidTr="00CA5681">
+    </w:tbl>
+    <w:p w14:paraId="0DEEB7EE" w14:textId="77777777" w:rsidR="008E5EBA" w:rsidRDefault="008E5EBA" w:rsidP="003B1817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ADAF9C2" w14:textId="3533591F" w:rsidR="00E27C61" w:rsidRPr="003B1817" w:rsidRDefault="003B1817" w:rsidP="003B1817">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Datu ņēmējs:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4962"/>
+        <w:gridCol w:w="4677"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E27C61" w14:paraId="72A289B6" w14:textId="77777777" w:rsidTr="009316B9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w14:paraId="5A6282EB" w14:textId="6380771B" w:rsidR="007974FC" w:rsidRPr="00DE3BD3" w:rsidRDefault="007974FC" w:rsidP="00CA5681">
+          <w:p w14:paraId="26E50CCA" w14:textId="11FF8FDA" w:rsidR="00E27C61" w:rsidRPr="00E27C61" w:rsidRDefault="00E27C61" w:rsidP="009316B9">
             <w:pPr>
-              <w:pStyle w:val="NewOldNormal"/>
-[...4 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="568DED9E">
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Datu ņēmēja nosaukums</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:bookmarkStart w:id="2" w:name="API_datu_ņēmējs" w:displacedByCustomXml="next"/>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:alias w:val="Datu ņēmējs"/>
+              <w:tag w:val="Datu ņēmējs"/>
+              <w:id w:val="293344521"/>
+              <w:lock w:val="sdtLocked"/>
+              <w:placeholder>
+                <w:docPart w:val="3BF52B28890E4CE4AFEBCD19CACB4EDF"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w:text/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="3C28571B" w14:textId="699D0F8E" w:rsidR="00E27C61" w:rsidRDefault="00B310A4" w:rsidP="009316B9">
+                <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                  </w:rPr>
+                  <w:t>Ievadiet nosaukumu</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:bookmarkEnd w:id="2" w:displacedByCustomXml="prev"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E27C61" w14:paraId="67C2373F" w14:textId="77777777" w:rsidTr="009316B9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+          </w:tcPr>
+          <w:p w14:paraId="608A0254" w14:textId="49DC87A5" w:rsidR="00E27C61" w:rsidRPr="00E27C61" w:rsidRDefault="00E27C61" w:rsidP="009316B9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>Reģistrācijas numurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="1" w:name="reg_num" w:displacedByCustomXml="next"/>
-[...21 lines deleted...]
-              <w:p w14:paraId="10454751" w14:textId="061D1D9D" w:rsidR="007974FC" w:rsidRDefault="00E413BA" w:rsidP="00DE3BD3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:bookmarkStart w:id="3" w:name="API_reg_num" w:displacedByCustomXml="next"/>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:alias w:val="reg_num"/>
+              <w:tag w:val="reg_num"/>
+              <w:id w:val="-787662916"/>
+              <w:lock w:val="sdtLocked"/>
+              <w:placeholder>
+                <w:docPart w:val="A58A952DC6CB438E8DFCB48B4BDB7448"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w:text/>
+            </w:sdtPr>
+            <w:sdtContent>
+              <w:p w14:paraId="29882A0E" w14:textId="7A39AEDA" w:rsidR="00E27C61" w:rsidRDefault="00B310A4" w:rsidP="009316B9">
                 <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="both"/>
                   <w:rPr>
-                    <w:lang w:val="lv-LV"/>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Ievadiet reģistrācijas numuru</w:t>
                 </w:r>
               </w:p>
-            </w:tc>
-[...2 lines deleted...]
-        <w:bookmarkEnd w:id="1" w:displacedByCustomXml="prev"/>
+            </w:sdtContent>
+          </w:sdt>
+          <w:bookmarkEnd w:id="3" w:displacedByCustomXml="prev"/>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007974FC" w14:paraId="47569823" w14:textId="77777777" w:rsidTr="00CA5681">
+      <w:tr w:rsidR="00B54110" w14:paraId="5FBBFF2E" w14:textId="77777777" w:rsidTr="009316B9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w14:paraId="786ED332" w14:textId="38BA9CB8" w:rsidR="007974FC" w:rsidRPr="00CD067F" w:rsidRDefault="007974FC" w:rsidP="00CA5681">
+          <w:p w14:paraId="19E97424" w14:textId="6A59C05B" w:rsidR="00B54110" w:rsidRPr="00E27C61" w:rsidRDefault="00B54110" w:rsidP="009316B9">
             <w:pPr>
-              <w:pStyle w:val="NewOldNormal"/>
-[...4 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:vertAlign w:val="superscript"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="568DED9E">
-              <w:t>E-past</w:t>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kontaktperson</w:t>
             </w:r>
-            <w:r w:rsidR="00E413BA">
-              <w:t>s (informācijai)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as </w:t>
             </w:r>
-            <w:r w:rsidR="00671F40">
-[...3 lines deleted...]
-              <w:footnoteReference w:id="2"/>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>vārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="3" w:name="epasts_info" w:displacedByCustomXml="next"/>
+        <w:bookmarkStart w:id="4" w:name="API_vārds" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:lang w:val="lv-LV"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:alias w:val="E-pasts (informācijai)"/>
-[...1 lines deleted...]
-            <w:id w:val="-1763452058"/>
+            <w:alias w:val="Vārds"/>
+            <w:tag w:val="Vārds"/>
+            <w:id w:val="-1633473509"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="98623C58058C445592409BF937880945"/>
+              <w:docPart w:val="29DFC4F3E8784FA99E5FC4CBE4B96777"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5159" w:type="dxa"/>
+                <w:tcW w:w="4677" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="4EA9134F" w14:textId="7B7BEB17" w:rsidR="007974FC" w:rsidRDefault="00E413BA" w:rsidP="00DE3BD3">
+              <w:p w14:paraId="2C194014" w14:textId="65ADD09D" w:rsidR="00B54110" w:rsidRDefault="00B54110" w:rsidP="009316B9">
                 <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="both"/>
                   <w:rPr>
-                    <w:lang w:val="lv-LV"/>
-[...292 lines deleted...]
-                    <w:lang w:val="lv-LV"/>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Ievadiet vārdu</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
-        <w:bookmarkEnd w:id="10" w:displacedByCustomXml="prev"/>
+        <w:bookmarkEnd w:id="4" w:displacedByCustomXml="prev"/>
       </w:tr>
-      <w:tr w:rsidR="00CA5681" w14:paraId="0675A31B" w14:textId="77777777" w:rsidTr="00CA5681">
+      <w:tr w:rsidR="00E27C61" w14:paraId="37E62284" w14:textId="77777777" w:rsidTr="009316B9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w14:paraId="42AF78BD" w14:textId="308B06A6" w:rsidR="00CA5681" w:rsidRPr="00DE3BD3" w:rsidRDefault="00CA5681" w:rsidP="00CA5681">
+          <w:p w14:paraId="20CE55C3" w14:textId="7AF680DF" w:rsidR="00E27C61" w:rsidRPr="00E27C61" w:rsidRDefault="00E27C61" w:rsidP="009316B9">
             <w:pPr>
-              <w:pStyle w:val="NewOldNormal"/>
-[...4 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Uzvārds</w:t>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kontaktpersona</w:t>
+            </w:r>
+            <w:r w:rsidR="00B54110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>uzvārds</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="11" w:name="Uzvārds" w:displacedByCustomXml="next"/>
+        <w:bookmarkStart w:id="5" w:name="API_uzvārds" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:lang w:val="lv-LV"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
             <w:alias w:val="Uzvārds"/>
             <w:tag w:val="Uzvārds"/>
-            <w:id w:val="-1438362606"/>
+            <w:id w:val="-311178489"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="274EED6A480B4AE99819E14CA70B6A0F"/>
+              <w:docPart w:val="636A8E79CE924114AAFDC3C0F1A1B024"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5159" w:type="dxa"/>
+                <w:tcW w:w="4677" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="60B7CE63" w14:textId="4DE056C0" w:rsidR="00CA5681" w:rsidRDefault="00CA5681" w:rsidP="00CA5681">
+              <w:p w14:paraId="26BCE691" w14:textId="0B3D7C0C" w:rsidR="00E27C61" w:rsidRDefault="00B54110" w:rsidP="009316B9">
                 <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="both"/>
                   <w:rPr>
-                    <w:lang w:val="lv-LV"/>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Ievadiet uzvārdu</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
-        <w:bookmarkEnd w:id="11" w:displacedByCustomXml="prev"/>
+        <w:bookmarkEnd w:id="5" w:displacedByCustomXml="prev"/>
       </w:tr>
-      <w:tr w:rsidR="00CA5681" w:rsidRPr="00CE5037" w14:paraId="24A06813" w14:textId="77777777" w:rsidTr="00CA5681">
+      <w:tr w:rsidR="00B54110" w14:paraId="589C3E9C" w14:textId="77777777" w:rsidTr="009316B9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8E278D" w14:textId="424426E1" w:rsidR="00CA5681" w:rsidRPr="00DE3BD3" w:rsidRDefault="00CA5681" w:rsidP="00CA5681">
+          <w:p w14:paraId="2E7DE884" w14:textId="3B2AFB46" w:rsidR="00B54110" w:rsidRPr="00E27C61" w:rsidRDefault="00B54110" w:rsidP="009316B9">
             <w:pPr>
-              <w:pStyle w:val="NewOldNormal"/>
-[...4 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>ālruņa numurs</w:t>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kontaktpersona</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
             </w:r>
-            <w:r w:rsidRPr="00621684">
-[...13 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e-pasta adrese</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="12" w:name="Numurs" w:displacedByCustomXml="next"/>
+        <w:bookmarkStart w:id="6" w:name="API_epasts" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:lang w:val="lv-LV"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:alias w:val="Telefona numurs"/>
-[...1 lines deleted...]
-            <w:id w:val="828478744"/>
+            <w:alias w:val="e-pasts"/>
+            <w:tag w:val="e-pasts"/>
+            <w:id w:val="-671868549"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="D58318D1D1FC4C4A8EC3961E8D2FDC6E"/>
+              <w:docPart w:val="5E34EC8BF3554C4A88A82D43344501FB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5159" w:type="dxa"/>
+                <w:tcW w:w="4677" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="51903725" w14:textId="2AD4ACE4" w:rsidR="00CA5681" w:rsidRDefault="009D203A" w:rsidP="00CA5681">
+              <w:p w14:paraId="2F4DD976" w14:textId="691A10E3" w:rsidR="00B54110" w:rsidRDefault="00B54110" w:rsidP="009316B9">
                 <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="both"/>
                   <w:rPr>
-                    <w:lang w:val="lv-LV"/>
-[...141 lines deleted...]
-                    <w:lang w:val="lv-LV"/>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
-                  <w:t>Ievadiet IP adresi/es</w:t>
-[...11 lines deleted...]
-                  <w:t>atdalot ar komatu</w:t>
+                  <w:t>Ievadiet e-pastu</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
-        <w:bookmarkEnd w:id="14" w:displacedByCustomXml="prev"/>
+        <w:bookmarkEnd w:id="6" w:displacedByCustomXml="prev"/>
       </w:tr>
-      <w:tr w:rsidR="00CA5681" w14:paraId="13863B04" w14:textId="77777777" w:rsidTr="00CA5681">
+    </w:tbl>
+    <w:p w14:paraId="1D1E3190" w14:textId="77777777" w:rsidR="00812734" w:rsidRDefault="00812734"/>
+    <w:p w14:paraId="547C9999" w14:textId="62A6D0DC" w:rsidR="003B1817" w:rsidRPr="005A5C42" w:rsidRDefault="005A5C42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A5C42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Klienta izveidotais API Pārvaldnieka klienta lietojums, ar kuru tiks abonēta tīmekļa pakalpe/-s:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4962"/>
+        <w:gridCol w:w="4677"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008E5EBA" w14:paraId="17DFF66B" w14:textId="77777777" w:rsidTr="1D215CD9">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w14:paraId="325794E5" w14:textId="4BED8335" w:rsidR="00CA5681" w:rsidRPr="00DE3BD3" w:rsidRDefault="00CA5681" w:rsidP="00CA5681">
+          <w:p w14:paraId="3240EC3A" w14:textId="64FC27B2" w:rsidR="008E5EBA" w:rsidRPr="1D215CD9" w:rsidRDefault="008E5EBA" w:rsidP="009316B9">
             <w:pPr>
-              <w:pStyle w:val="NewOldNormal"/>
-[...4 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klienta lietojuma (Application) nosaukums VRAA API Pārvaldniek</w:t>
+            </w:r>
             <w:r>
-              <w:t>Aktivitāte</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B54110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>testa vidē</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="15" w:name="Aktivitāte" w:displacedByCustomXml="next"/>
+        <w:bookmarkStart w:id="7" w:name="API_lietojums_test" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:lang w:val="lv-LV"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:alias w:val="Aktivitāte"/>
-[...1 lines deleted...]
-            <w:id w:val="909111097"/>
+            <w:alias w:val="Lietojums_test"/>
+            <w:tag w:val="Lietojums_test"/>
+            <w:id w:val="1329247767"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="7646D923C2D443FC8395ADA74C5A07F2"/>
+              <w:docPart w:val="C4CA1B3BBBF24B07AD82770A031EF606"/>
             </w:placeholder>
             <w:showingPlcHdr/>
-            <w:dropDownList>
-[...2 lines deleted...]
-            </w:dropDownList>
+            <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5159" w:type="dxa"/>
+                <w:tcW w:w="4677" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="64F7DA80" w14:textId="01D83B9F" w:rsidR="00CA5681" w:rsidRDefault="001F415D" w:rsidP="00CA5681">
+              <w:p w14:paraId="7FB32D5B" w14:textId="030EE7A5" w:rsidR="008E5EBA" w:rsidRDefault="008E5EBA" w:rsidP="009316B9">
                 <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="both"/>
                   <w:rPr>
-                    <w:lang w:val="lv-LV"/>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
-                  <w:t>Aktivitātes izvēle</w:t>
+                  <w:t>Ievadiet klienta lietojumu testa vidē</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
-        <w:bookmarkEnd w:id="15" w:displacedByCustomXml="prev"/>
+        <w:bookmarkEnd w:id="7" w:displacedByCustomXml="prev"/>
       </w:tr>
-    </w:tbl>
-[...88 lines deleted...]
-      <w:tr w:rsidR="2FAF2DDD" w14:paraId="2DE37731" w14:textId="77777777" w:rsidTr="2FAF2DDD">
+      <w:tr w:rsidR="008E5EBA" w14:paraId="46E07AFC" w14:textId="77777777" w:rsidTr="1D215CD9">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1F0735" w14:textId="23B9FD5D" w:rsidR="39789504" w:rsidRDefault="39789504" w:rsidP="2FAF2DDD">
+          <w:p w14:paraId="05FD322E" w14:textId="1DCD9B42" w:rsidR="008E5EBA" w:rsidRPr="1D215CD9" w:rsidRDefault="008E5EBA" w:rsidP="009316B9">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="lv-LV"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2FAF2DDD">
-[...3 lines deleted...]
-              <w:t>API Pārvaldnieka lietotājvārds</w:t>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klienta lietojuma identifikators (Consumer Key)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VRAA API Pārvaldnieka </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>testa</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B54110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vidē</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="16" w:name="esošs_lietotājs" w:displacedByCustomXml="next"/>
+        <w:bookmarkStart w:id="8" w:name="API_lietojums_key_test" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:b/>
-[...1 lines deleted...]
-              <w:lang w:val="lv-LV"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:alias w:val="Esošs_lietotājs"/>
-[...1 lines deleted...]
-            <w:id w:val="-1938518430"/>
+            <w:alias w:val="Key_test"/>
+            <w:tag w:val="Key_test"/>
+            <w:id w:val="1867246079"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="B687021A082945299480D322CBA6FFC2"/>
+              <w:docPart w:val="BA17F222CAD14CE8A68540B611C07C3B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5340" w:type="dxa"/>
+                <w:tcW w:w="4677" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="51E0545B" w14:textId="23AE078C" w:rsidR="2FAF2DDD" w:rsidRDefault="00726C7C" w:rsidP="2FAF2DDD">
+              <w:p w14:paraId="5D7AB0E0" w14:textId="35EF1FDF" w:rsidR="008E5EBA" w:rsidRDefault="008E5EBA" w:rsidP="009316B9">
                 <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="both"/>
                   <w:rPr>
-                    <w:b/>
-[...1 lines deleted...]
-                    <w:lang w:val="lv-LV"/>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
-                  <w:t>Ievadiet esošo API lietotājvārdu</w:t>
+                  <w:t>Ievadiet klienta lietojuma identifikatoru testa vidē</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
-        <w:bookmarkEnd w:id="16" w:displacedByCustomXml="prev"/>
+        <w:bookmarkEnd w:id="8" w:displacedByCustomXml="prev"/>
       </w:tr>
-      <w:tr w:rsidR="2FAF2DDD" w14:paraId="395E9EE8" w14:textId="77777777" w:rsidTr="2FAF2DDD">
+      <w:tr w:rsidR="00E27C61" w14:paraId="3BEBA723" w14:textId="77777777" w:rsidTr="1D215CD9">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w14:paraId="18B6AA28" w14:textId="29EE843D" w:rsidR="39789504" w:rsidRDefault="39789504" w:rsidP="2FAF2DDD">
+          <w:p w14:paraId="1F598058" w14:textId="77777777" w:rsidR="00E27C61" w:rsidRDefault="00E27C61" w:rsidP="009316B9">
             <w:pPr>
-              <w:rPr>
-                <w:lang w:val="lv-LV"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="2FAF2DDD">
-[...3 lines deleted...]
-              <w:t>Statiskā IP adrese</w:t>
+            <w:r w:rsidRPr="1D215CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klienta lietojuma (Application) nosaukums VRAA API Pārvaldniek</w:t>
             </w:r>
-            <w:r w:rsidRPr="2FAF2DDD">
-              <w:rPr>
+            <w:r w:rsidR="00B54110" w:rsidRPr="1D215CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidR="00B54110" w:rsidRPr="1D215CD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>produkcijas vidē</w:t>
+            </w:r>
+            <w:r w:rsidR="008E5EBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008E5EBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
-                <w:lang w:val="lv-LV"/>
-[...1 lines deleted...]
-              <w:t>4</w:t>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="4D999877" w14:textId="55B20C8F" w:rsidR="008E5EBA" w:rsidRPr="008E5EBA" w:rsidRDefault="008E5EBA" w:rsidP="009316B9">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="17" w:name="IP2" w:displacedByCustomXml="next"/>
+        <w:bookmarkStart w:id="9" w:name="API_lietojums_prod" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:b/>
-[...1 lines deleted...]
-              <w:lang w:val="lv-LV"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:alias w:val="IP2"/>
-[...1 lines deleted...]
-            <w:id w:val="1055819551"/>
+            <w:alias w:val="Lietojums_prod"/>
+            <w:tag w:val="Lietojums_prod"/>
+            <w:id w:val="-1388097712"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="0B9133BAAA4040878BCA5AF2FD6CD60E"/>
+              <w:docPart w:val="7863B23AD9844F56AE4A650FF3C0B5FB"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5340" w:type="dxa"/>
+                <w:tcW w:w="4677" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="2FE17C1D" w14:textId="30021779" w:rsidR="2FAF2DDD" w:rsidRDefault="00726C7C" w:rsidP="2FAF2DDD">
+              <w:p w14:paraId="187AD936" w14:textId="0047B403" w:rsidR="00E27C61" w:rsidRDefault="00B54110" w:rsidP="009316B9">
                 <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="both"/>
                   <w:rPr>
-                    <w:b/>
-[...1 lines deleted...]
-                    <w:lang w:val="lv-LV"/>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
-                  <w:t>Ievadiet IP adresi/es, atdalot ar komatu</w:t>
+                  <w:t>Ievadiet klienta lietojumu produkcijas vidē</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
-        <w:bookmarkEnd w:id="17" w:displacedByCustomXml="prev"/>
+        <w:bookmarkEnd w:id="9" w:displacedByCustomXml="prev"/>
       </w:tr>
-      <w:tr w:rsidR="2FAF2DDD" w14:paraId="5E8E7794" w14:textId="77777777" w:rsidTr="2FAF2DDD">
+      <w:tr w:rsidR="00E27C61" w14:paraId="60A78F21" w14:textId="77777777" w:rsidTr="1D215CD9">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3645" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
           </w:tcPr>
-          <w:p w14:paraId="0789FA62" w14:textId="71B18668" w:rsidR="39789504" w:rsidRDefault="39789504" w:rsidP="2FAF2DDD">
+          <w:p w14:paraId="5A77BE3C" w14:textId="3CB0FEBE" w:rsidR="00E27C61" w:rsidRPr="008E5EBA" w:rsidRDefault="00E27C61" w:rsidP="009316B9">
             <w:pPr>
-              <w:pStyle w:val="NewOldNormal"/>
-              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Aktivitāte</w:t>
+            <w:r w:rsidRPr="00E27C61">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Klienta lietojuma identifikators (Consumer Key)</w:t>
+            </w:r>
+            <w:r w:rsidR="003265E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VRAA API Pārvaldniek</w:t>
+            </w:r>
+            <w:r w:rsidR="00B54110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidR="00B54110" w:rsidRPr="00B54110">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>produkcijas vidē</w:t>
+            </w:r>
+            <w:r w:rsidR="008E5EBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008E5EBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="18" w:name="Aktivitāte2" w:displacedByCustomXml="next"/>
+        <w:bookmarkStart w:id="10" w:name="API_lietojums_key_prod" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:b/>
-[...1 lines deleted...]
-              <w:lang w:val="lv-LV"/>
+              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:alias w:val="Aktivitāte2"/>
-[...1 lines deleted...]
-            <w:id w:val="1377810730"/>
+            <w:alias w:val="Key_prod"/>
+            <w:tag w:val="Key_prod"/>
+            <w:id w:val="514502823"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="223B8A80416F4EEB93B6652A82F0EDB2"/>
+              <w:docPart w:val="4CAD030FE7CF4CBBB5374436FB2EC8AE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
-            <w:dropDownList>
-[...2 lines deleted...]
-            </w:dropDownList>
+            <w:text/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5340" w:type="dxa"/>
+                <w:tcW w:w="4677" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="6975DE82" w14:textId="5156A0FF" w:rsidR="2FAF2DDD" w:rsidRDefault="00661FD9" w:rsidP="2FAF2DDD">
+              <w:p w14:paraId="3EC9D971" w14:textId="59D189AA" w:rsidR="00E27C61" w:rsidRDefault="00B54110" w:rsidP="009316B9">
                 <w:pPr>
+                  <w:pStyle w:val="ListParagraph"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="both"/>
                   <w:rPr>
-                    <w:b/>
-[...1 lines deleted...]
-                    <w:lang w:val="lv-LV"/>
+                    <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
-                  <w:t>Aktivitātes izvēle</w:t>
+                  <w:t>Ievadiet klienta lietojuma identifikatoru produkcijas vidē</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
-        <w:bookmarkEnd w:id="18" w:displacedByCustomXml="prev"/>
+        <w:bookmarkEnd w:id="10" w:displacedByCustomXml="prev"/>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="64F304B4" w14:textId="09FD2E64" w:rsidR="00D73EF8" w:rsidRDefault="00D73EF8" w:rsidP="00D73EF8">
+    <w:p w14:paraId="143EA8F0" w14:textId="77777777" w:rsidR="005A5C42" w:rsidRDefault="005A5C42" w:rsidP="00473F11">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="378325A2" w14:textId="77777777" w:rsidR="005153AA" w:rsidRPr="005153AA" w:rsidRDefault="005153AA" w:rsidP="005153AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005153AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VDAA piešķirtais datu apmaiņas/e-pakalpojuma identifikācijas numurs:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D478B79" w14:textId="77777777" w:rsidR="005153AA" w:rsidRPr="005153AA" w:rsidRDefault="005153AA" w:rsidP="005153AA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005153AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Paraugs: URN:IVIS:100001:EP-EP999-v1-0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6141CA8F" w14:textId="77777777" w:rsidR="005A5C42" w:rsidRPr="00473F11" w:rsidRDefault="005A5C42" w:rsidP="00473F11">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70C3F280" w14:textId="5F26EAC9" w:rsidR="00473F11" w:rsidRPr="00473F11" w:rsidRDefault="009A781A" w:rsidP="00473F11">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:ind w:left="1080"/>
-[...3 lines deleted...]
-          <w:lang w:val="lv-LV"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...14 lines deleted...]
-        <w:br w:type="page"/>
+      <w:r w:rsidRPr="009A781A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Datu ņēmēja paraksts:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7107371B" w14:textId="5F82B3DB" w:rsidR="00CD067F" w:rsidRDefault="00B9745E" w:rsidP="00CD067F">
-[...1011 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00473F11" w:rsidRPr="00473F11" w:rsidSect="006C4266">
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="993" w:right="849" w:bottom="709" w:left="1276" w:header="708" w:footer="92" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...56 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64EBA7A0" w14:textId="77777777" w:rsidR="00236AD4" w:rsidRDefault="00236AD4" w:rsidP="006431B8">
+    <w:p w14:paraId="0C6F1509" w14:textId="77777777" w:rsidR="007438F1" w:rsidRDefault="007438F1" w:rsidP="00031356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4088CC24" w14:textId="77777777" w:rsidR="00236AD4" w:rsidRDefault="00236AD4" w:rsidP="006431B8">
+    <w:p w14:paraId="755B5EC7" w14:textId="77777777" w:rsidR="007438F1" w:rsidRDefault="007438F1" w:rsidP="00031356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:endnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="05D4A65B" w14:textId="77777777" w:rsidR="00236AD4" w:rsidRDefault="00236AD4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Times New Roman">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Gothic Light">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Mincho">
-[...11 lines deleted...]
-  </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="579AE5A6" w14:textId="77777777" w:rsidR="00E7670B" w:rsidRPr="00031356" w:rsidRDefault="00E7670B" w:rsidP="00E7670B">
+    <w:pPr>
+      <w:pStyle w:val="ListParagraph"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00031356">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="16698CFD" w14:textId="77777777" w:rsidR="00E7670B" w:rsidRDefault="00E7670B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AF53047" w14:textId="77777777" w:rsidR="00236AD4" w:rsidRDefault="00236AD4" w:rsidP="006431B8">
+    <w:p w14:paraId="402259D1" w14:textId="77777777" w:rsidR="007438F1" w:rsidRDefault="007438F1" w:rsidP="00031356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67FB78E9" w14:textId="77777777" w:rsidR="00236AD4" w:rsidRDefault="00236AD4" w:rsidP="006431B8">
+    <w:p w14:paraId="250E3ED8" w14:textId="77777777" w:rsidR="007438F1" w:rsidRDefault="007438F1" w:rsidP="00031356">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...3 lines deleted...]
-    <w:p w14:paraId="6A1B0E91" w14:textId="64DE4D6D" w:rsidR="00671F40" w:rsidRPr="00671F40" w:rsidRDefault="00671F40">
+  <w:footnote w:id="1">
+    <w:p w14:paraId="4C02C552" w14:textId="4D1D4453" w:rsidR="008C0F03" w:rsidRDefault="008C0F03">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE5037">
-[...6 lines deleted...]
-        <w:t>Uz norādīto e-pastu tiks nosūtīta informācija par sistēmas plānotajiem un neplānotajiem darbības pārtraukumiem, kā arī citi ar API Pārvaldnieku saistīti paziņojumi</w:t>
+      <w:r w:rsidR="008E5EBA" w:rsidRPr="000811E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aizpildot veidlapu, </w:t>
       </w:r>
-      <w:r w:rsidR="000552C4">
-[...207 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="008E5EBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>aizpildīt nepieciešamo vidi/es</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1CA945D3"/>
+    <w:nsid w:val="0E5E4C14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DE1EBEBE"/>
-    <w:lvl w:ilvl="0" w:tplc="1F926870">
+    <w:tmpl w:val="D7603F7A"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2965,1176 +2147,196 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...626 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="777989743">
+  <w:num w:numId="1" w16cid:durableId="143470127">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00BC5057"/>
-[...408 lines deleted...]
-    <w:rsid w:val="7E246419"/>
+    <w:rsidRoot w:val="00E27C61"/>
+    <w:rsid w:val="00031356"/>
+    <w:rsid w:val="000811E7"/>
+    <w:rsid w:val="00124D22"/>
+    <w:rsid w:val="00132666"/>
+    <w:rsid w:val="00172733"/>
+    <w:rsid w:val="001E599A"/>
+    <w:rsid w:val="002361D1"/>
+    <w:rsid w:val="002747A6"/>
+    <w:rsid w:val="002B4636"/>
+    <w:rsid w:val="002E652B"/>
+    <w:rsid w:val="003265E0"/>
+    <w:rsid w:val="00360B72"/>
+    <w:rsid w:val="00393579"/>
+    <w:rsid w:val="003B1817"/>
+    <w:rsid w:val="003E715F"/>
+    <w:rsid w:val="00473F11"/>
+    <w:rsid w:val="004844AF"/>
+    <w:rsid w:val="004905F8"/>
+    <w:rsid w:val="005153AA"/>
+    <w:rsid w:val="00551AB3"/>
+    <w:rsid w:val="00580DD5"/>
+    <w:rsid w:val="005A5C42"/>
+    <w:rsid w:val="005A64C3"/>
+    <w:rsid w:val="00637EBF"/>
+    <w:rsid w:val="00656EA4"/>
+    <w:rsid w:val="006C4266"/>
+    <w:rsid w:val="006D10B4"/>
+    <w:rsid w:val="007438F1"/>
+    <w:rsid w:val="007A1442"/>
+    <w:rsid w:val="007A6068"/>
+    <w:rsid w:val="007E6F40"/>
+    <w:rsid w:val="00812734"/>
+    <w:rsid w:val="008C0F03"/>
+    <w:rsid w:val="008E5EBA"/>
+    <w:rsid w:val="009316B9"/>
+    <w:rsid w:val="0094174A"/>
+    <w:rsid w:val="009A781A"/>
+    <w:rsid w:val="00A23B59"/>
+    <w:rsid w:val="00A3232F"/>
+    <w:rsid w:val="00AC426F"/>
+    <w:rsid w:val="00AF09E4"/>
+    <w:rsid w:val="00B310A4"/>
+    <w:rsid w:val="00B54110"/>
+    <w:rsid w:val="00BE5C87"/>
+    <w:rsid w:val="00C64F8D"/>
+    <w:rsid w:val="00CF7C56"/>
+    <w:rsid w:val="00D37D0C"/>
+    <w:rsid w:val="00D469F4"/>
+    <w:rsid w:val="00E213D4"/>
+    <w:rsid w:val="00E27C61"/>
+    <w:rsid w:val="00E7670B"/>
+    <w:rsid w:val="00EF5A6E"/>
+    <w:rsid w:val="00F02648"/>
+    <w:rsid w:val="00FA0DFA"/>
+    <w:rsid w:val="14D6F4D6"/>
+    <w:rsid w:val="1D215CD9"/>
+    <w:rsid w:val="38475583"/>
+    <w:rsid w:val="3C30634C"/>
+    <w:rsid w:val="4261F85E"/>
+    <w:rsid w:val="45144F2D"/>
+    <w:rsid w:val="52C52795"/>
+    <w:rsid w:val="5833294C"/>
+    <w:rsid w:val="597E670A"/>
+    <w:rsid w:val="61B74E0F"/>
+    <w:rsid w:val="6227F9B0"/>
+    <w:rsid w:val="7B09B086"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="lv-LV" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="69164701"/>
+  <w14:docId w14:val="1A6EC7DC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6BB82085-1E54-4D89-BE35-1C0259777D18}"/>
+  <w15:docId w15:val="{A21FB5C8-FF82-46AA-83B3-3056828F5834}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4247,51 +2449,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -4473,971 +2675,664 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...237 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00DE3BD3"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00E27C61"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:rsid w:val="00E27C61"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00031356"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00031356"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EndnoteReference">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00031356"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00031356"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00031356"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00031356"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E7670B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E7670B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E7670B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E7670B"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E7670B"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006432D2"/>
+    <w:rsid w:val="00B310A4"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:personasdati@vdaa.gov.lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vdar@vdaa.gov.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="85F348F8CD7043469BAFFCC78CFD40CA"/>
+        <w:name w:val="48DDFE6BF5C143B99984C18BA2E48962"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5F16BDB0-FC59-4034-A946-B8F25BE77752}"/>
+        <w:guid w:val="{DC64CA12-CFD8-4CE4-8BA0-01326D2F5106}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00CD3258" w:rsidRDefault="00EF5664" w:rsidP="00EF5664">
+        <w:p w:rsidR="000D3A8D" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
           <w:pPr>
-            <w:pStyle w:val="85F348F8CD7043469BAFFCC78CFD40CA3"/>
+            <w:pStyle w:val="48DDFE6BF5C143B99984C18BA2E489622"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t>Ievadiet iestādes nosaukumu</w:t>
+            <w:t>Pievienojiet nepieciešamos API</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="A886B51CD4624C3CBEEE5654B72A7DF4"/>
+        <w:name w:val="F31487FB91504CF98A0E3F2471531319"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D3872C07-E235-4B81-981C-67E0EB24CA5C}"/>
+        <w:guid w:val="{1E461F95-2AF6-4247-AEB6-79D7B8AA5025}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004D52E2" w:rsidRDefault="00EF5664" w:rsidP="00EF5664">
+        <w:p w:rsidR="000D3A8D" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
           <w:pPr>
-            <w:pStyle w:val="A886B51CD4624C3CBEEE5654B72A7DF43"/>
+            <w:pStyle w:val="F31487FB91504CF98A0E3F24715313192"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Pievienojiet nepieciešamās metodes</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3BF52B28890E4CE4AFEBCD19CACB4EDF"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{68CA1AF9-F507-40D6-8398-A4C77CDB6D24}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000D3A8D" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
+          <w:pPr>
+            <w:pStyle w:val="3BF52B28890E4CE4AFEBCD19CACB4EDF2"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Ievadiet nosaukumu</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A58A952DC6CB438E8DFCB48B4BDB7448"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{275CCE58-252D-4229-81FD-C7AEB7665F59}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="000D3A8D" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
+          <w:pPr>
+            <w:pStyle w:val="A58A952DC6CB438E8DFCB48B4BDB74481"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Ievadiet reģistrācijas numuru</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="98623C58058C445592409BF937880945"/>
+        <w:name w:val="29DFC4F3E8784FA99E5FC4CBE4B96777"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8DA0C182-0B18-44B0-844A-779860D208CA}"/>
+        <w:guid w:val="{AB0548AC-D531-43B5-9203-72166C095B67}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004D52E2" w:rsidRDefault="00EF5664" w:rsidP="00EF5664">
+        <w:p w:rsidR="000D3A8D" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
           <w:pPr>
-            <w:pStyle w:val="98623C58058C445592409BF9378809453"/>
-[...115 lines deleted...]
-            <w:pStyle w:val="21A84652D69247D1920D718A75B73C582"/>
+            <w:pStyle w:val="29DFC4F3E8784FA99E5FC4CBE4B967771"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Ievadiet vārdu</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="274EED6A480B4AE99819E14CA70B6A0F"/>
+        <w:name w:val="636A8E79CE924114AAFDC3C0F1A1B024"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{7767E43F-0B44-4180-8AC8-774C1C358932}"/>
+        <w:guid w:val="{E1BB5B98-3824-4B8D-B4C5-7B0B1BDC657F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004D52E2" w:rsidRDefault="00EF5664" w:rsidP="00EF5664">
+        <w:p w:rsidR="000D3A8D" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
           <w:pPr>
-            <w:pStyle w:val="274EED6A480B4AE99819E14CA70B6A0F2"/>
+            <w:pStyle w:val="636A8E79CE924114AAFDC3C0F1A1B0241"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Ievadiet uzvārdu</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="D58318D1D1FC4C4A8EC3961E8D2FDC6E"/>
+        <w:name w:val="5E34EC8BF3554C4A88A82D43344501FB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{7E97D5EB-23BC-4A2B-98C7-7C4794183F73}"/>
+        <w:guid w:val="{3EE8430D-630B-44C0-B13C-17114A060B8A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004D52E2" w:rsidRDefault="00EF5664" w:rsidP="00EF5664">
+        <w:p w:rsidR="000D3A8D" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
           <w:pPr>
-            <w:pStyle w:val="D58318D1D1FC4C4A8EC3961E8D2FDC6E1"/>
+            <w:pStyle w:val="5E34EC8BF3554C4A88A82D43344501FB1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t>Ievadiet telefona numuru (ar valsts kodu)</w:t>
+            <w:t>Ievadiet e-pastu</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="A12E3428E6774BF18758557D0F02494F"/>
+        <w:name w:val="7863B23AD9844F56AE4A650FF3C0B5FB"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E6CD1844-BC8D-49B6-8E32-E5E2FF70554E}"/>
+        <w:guid w:val="{ECBC39CE-1B13-4583-9EA3-10DAAEF6257D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004D52E2" w:rsidRDefault="00EF5664" w:rsidP="00EF5664">
+        <w:p w:rsidR="000D3A8D" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
           <w:pPr>
-            <w:pStyle w:val="A12E3428E6774BF18758557D0F02494F1"/>
+            <w:pStyle w:val="7863B23AD9844F56AE4A650FF3C0B5FB1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t>Vides izvēle</w:t>
+            <w:t>Ievadiet klienta lietojumu produkcijas vidē</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="55A425EE15B54C579402778E5B6778FA"/>
+        <w:name w:val="4CAD030FE7CF4CBBB5374436FB2EC8AE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D88D5E50-5C11-477C-A63A-BA6A7225BF86}"/>
+        <w:guid w:val="{A55E9D5C-E235-4202-900B-84C697C04C45}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004D52E2" w:rsidRDefault="00EF5664" w:rsidP="00EF5664">
+        <w:p w:rsidR="000D3A8D" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
           <w:pPr>
-            <w:pStyle w:val="55A425EE15B54C579402778E5B6778FA1"/>
+            <w:pStyle w:val="4CAD030FE7CF4CBBB5374436FB2EC8AE1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t>Ievadiet IP adresi/es, atdalot ar komatu</w:t>
+            <w:t>Ievadiet klienta lietojuma identifikatoru produkcijas vidē</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7646D923C2D443FC8395ADA74C5A07F2"/>
+        <w:name w:val="C4CA1B3BBBF24B07AD82770A031EF606"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{ECE146E9-E988-4596-9E15-D77EEF981AAE}"/>
+        <w:guid w:val="{509E05CC-6B75-4DA8-BF04-DDBD2BE66572}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004D52E2" w:rsidRDefault="00EF5664" w:rsidP="00EF5664">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
           <w:pPr>
-            <w:pStyle w:val="7646D923C2D443FC8395ADA74C5A07F21"/>
+            <w:pStyle w:val="C4CA1B3BBBF24B07AD82770A031EF6061"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t>Aktivitātes izvēle</w:t>
+            <w:t>Ievadiet klienta lietojumu testa vidē</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B687021A082945299480D322CBA6FFC2"/>
+        <w:name w:val="BA17F222CAD14CE8A68540B611C07C3B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F3AD4727-DF55-4FDB-891B-A41762B98036}"/>
+        <w:guid w:val="{6FF8405D-1778-4537-9CFB-05780C8658FD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="004D52E2" w:rsidRDefault="00EF5664" w:rsidP="00EF5664">
+        <w:p w:rsidR="00000000" w:rsidRDefault="00AB0B55" w:rsidP="00AB0B55">
           <w:pPr>
-            <w:pStyle w:val="B687021A082945299480D322CBA6FFC2"/>
+            <w:pStyle w:val="BA17F222CAD14CE8A68540B611C07C3B1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
-            <w:t>Ievadiet esošo API lietotājvārdu</w:t>
-[...57 lines deleted...]
-            <w:t>Aktivitātes izvēle</w:t>
+            <w:t>Ievadiet klienta lietojuma identifikatoru testa vidē</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...33 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...11 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DC0457"/>
-[...17 lines deleted...]
-    <w:rsid w:val="00F52453"/>
+    <w:rsidRoot w:val="00EC4405"/>
+    <w:rsid w:val="000D3A8D"/>
+    <w:rsid w:val="00124D22"/>
+    <w:rsid w:val="001D0374"/>
+    <w:rsid w:val="001E6355"/>
+    <w:rsid w:val="002747A6"/>
+    <w:rsid w:val="00591389"/>
+    <w:rsid w:val="00656EA4"/>
+    <w:rsid w:val="006F454B"/>
+    <w:rsid w:val="007E6F40"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:rsid w:val="00AF09E4"/>
+    <w:rsid w:val="00CF7C56"/>
+    <w:rsid w:val="00DD4D4E"/>
+    <w:rsid w:val="00E03667"/>
+    <w:rsid w:val="00E46EE2"/>
+    <w:rsid w:val="00EC4405"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -5849,248 +3744,568 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00EF5664"/>
+    <w:rsid w:val="00AB0B55"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85F348F8CD7043469BAFFCC78CFD40CA3">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="48DDFE6BF5C143B99984C18BA2E489621">
+    <w:name w:val="48DDFE6BF5C143B99984C18BA2E489621"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A886B51CD4624C3CBEEE5654B72A7DF43">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F31487FB91504CF98A0E3F24715313191">
+    <w:name w:val="F31487FB91504CF98A0E3F24715313191"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="98623C58058C445592409BF9378809453">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3BF52B28890E4CE4AFEBCD19CACB4EDF1">
+    <w:name w:val="3BF52B28890E4CE4AFEBCD19CACB4EDF1"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6820C0E102B84A32BF84F12F238D9D8B3">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A58A952DC6CB438E8DFCB48B4BDB74482">
+    <w:name w:val="A58A952DC6CB438E8DFCB48B4BDB74482"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC3C9ED2FCB548A699AA0BAADD7AB7872">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="29DFC4F3E8784FA99E5FC4CBE4B967772">
+    <w:name w:val="29DFC4F3E8784FA99E5FC4CBE4B967772"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE54B671907C4C4C9A3E8DEAEC9FE65D2">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="636A8E79CE924114AAFDC3C0F1A1B0242">
+    <w:name w:val="636A8E79CE924114AAFDC3C0F1A1B0242"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21A84652D69247D1920D718A75B73C582">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E34EC8BF3554C4A88A82D43344501FB2">
+    <w:name w:val="5E34EC8BF3554C4A88A82D43344501FB2"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="274EED6A480B4AE99819E14CA70B6A0F2">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7863B23AD9844F56AE4A650FF3C0B5FB2">
+    <w:name w:val="7863B23AD9844F56AE4A650FF3C0B5FB2"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D58318D1D1FC4C4A8EC3961E8D2FDC6E1">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4CAD030FE7CF4CBBB5374436FB2EC8AE2">
+    <w:name w:val="4CAD030FE7CF4CBBB5374436FB2EC8AE2"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A12E3428E6774BF18758557D0F02494F1">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89BABCE8CF76460A82A979BCF21B01DC2">
+    <w:name w:val="89BABCE8CF76460A82A979BCF21B01DC2"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="55A425EE15B54C579402778E5B6778FA1">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D401289B515F4E198B62C1BE18E0DB712">
+    <w:name w:val="D401289B515F4E198B62C1BE18E0DB712"/>
+    <w:rsid w:val="000D3A8D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7646D923C2D443FC8395ADA74C5A07F21">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="48DDFE6BF5C143B99984C18BA2E48962">
+    <w:name w:val="48DDFE6BF5C143B99984C18BA2E48962"/>
+    <w:rsid w:val="00AB0B55"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B687021A082945299480D322CBA6FFC2">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F31487FB91504CF98A0E3F2471531319">
+    <w:name w:val="F31487FB91504CF98A0E3F2471531319"/>
+    <w:rsid w:val="00AB0B55"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B9133BAAA4040878BCA5AF2FD6CD60E">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3BF52B28890E4CE4AFEBCD19CACB4EDF">
+    <w:name w:val="3BF52B28890E4CE4AFEBCD19CACB4EDF"/>
+    <w:rsid w:val="00AB0B55"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="223B8A80416F4EEB93B6652A82F0EDB2">
-[...1 lines deleted...]
-    <w:rsid w:val="00EF5664"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A58A952DC6CB438E8DFCB48B4BDB7448">
+    <w:name w:val="A58A952DC6CB438E8DFCB48B4BDB7448"/>
+    <w:rsid w:val="00AB0B55"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="29DFC4F3E8784FA99E5FC4CBE4B96777">
+    <w:name w:val="29DFC4F3E8784FA99E5FC4CBE4B96777"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="636A8E79CE924114AAFDC3C0F1A1B024">
+    <w:name w:val="636A8E79CE924114AAFDC3C0F1A1B024"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E34EC8BF3554C4A88A82D43344501FB">
+    <w:name w:val="5E34EC8BF3554C4A88A82D43344501FB"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7863B23AD9844F56AE4A650FF3C0B5FB">
+    <w:name w:val="7863B23AD9844F56AE4A650FF3C0B5FB"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4CAD030FE7CF4CBBB5374436FB2EC8AE">
+    <w:name w:val="4CAD030FE7CF4CBBB5374436FB2EC8AE"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89BABCE8CF76460A82A979BCF21B01DC">
+    <w:name w:val="89BABCE8CF76460A82A979BCF21B01DC"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D401289B515F4E198B62C1BE18E0DB71">
+    <w:name w:val="D401289B515F4E198B62C1BE18E0DB71"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="098BC6F29D6549CA9C96D300AE2077AF">
+    <w:name w:val="098BC6F29D6549CA9C96D300AE2077AF"/>
+    <w:rsid w:val="00AB0B55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="88855C49BBFD49E1BD98101A2AD24CEE">
+    <w:name w:val="88855C49BBFD49E1BD98101A2AD24CEE"/>
+    <w:rsid w:val="00AB0B55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="459A122D787043E2AC70F4B07D53950E">
+    <w:name w:val="459A122D787043E2AC70F4B07D53950E"/>
+    <w:rsid w:val="00AB0B55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7AED490D33924E81AA3D3EFF778C4D58">
+    <w:name w:val="7AED490D33924E81AA3D3EFF778C4D58"/>
+    <w:rsid w:val="00AB0B55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A3E21C4DCF84CAA9929F025424115A1">
+    <w:name w:val="3A3E21C4DCF84CAA9929F025424115A1"/>
+    <w:rsid w:val="00AB0B55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="627EF89C834045198F8590741CD1D070">
+    <w:name w:val="627EF89C834045198F8590741CD1D070"/>
+    <w:rsid w:val="00AB0B55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4CA1B3BBBF24B07AD82770A031EF606">
+    <w:name w:val="C4CA1B3BBBF24B07AD82770A031EF606"/>
+    <w:rsid w:val="00AB0B55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA17F222CAD14CE8A68540B611C07C3B">
+    <w:name w:val="BA17F222CAD14CE8A68540B611C07C3B"/>
+    <w:rsid w:val="00AB0B55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="48DDFE6BF5C143B99984C18BA2E489622">
+    <w:name w:val="48DDFE6BF5C143B99984C18BA2E489622"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F31487FB91504CF98A0E3F24715313192">
+    <w:name w:val="F31487FB91504CF98A0E3F24715313192"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3BF52B28890E4CE4AFEBCD19CACB4EDF2">
+    <w:name w:val="3BF52B28890E4CE4AFEBCD19CACB4EDF2"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A58A952DC6CB438E8DFCB48B4BDB74481">
+    <w:name w:val="A58A952DC6CB438E8DFCB48B4BDB74481"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="29DFC4F3E8784FA99E5FC4CBE4B967771">
+    <w:name w:val="29DFC4F3E8784FA99E5FC4CBE4B967771"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="636A8E79CE924114AAFDC3C0F1A1B0241">
+    <w:name w:val="636A8E79CE924114AAFDC3C0F1A1B0241"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E34EC8BF3554C4A88A82D43344501FB1">
+    <w:name w:val="5E34EC8BF3554C4A88A82D43344501FB1"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4CA1B3BBBF24B07AD82770A031EF6061">
+    <w:name w:val="C4CA1B3BBBF24B07AD82770A031EF6061"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA17F222CAD14CE8A68540B611C07C3B1">
+    <w:name w:val="BA17F222CAD14CE8A68540B611C07C3B1"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7863B23AD9844F56AE4A650FF3C0B5FB1">
+    <w:name w:val="7863B23AD9844F56AE4A650FF3C0B5FB1"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4CAD030FE7CF4CBBB5374436FB2EC8AE1">
+    <w:name w:val="4CAD030FE7CF4CBBB5374436FB2EC8AE1"/>
+    <w:rsid w:val="00AB0B55"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -6358,541 +4573,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
-[...233 lines deleted...]
-</ct:contentTypeSchema>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45EDA50A-86AD-4BA2-852A-542B649F89DF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6064DB81-EEB5-4331-8EE7-9753559942B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...42 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2915</Words>
-  <Characters>1662</Characters>
+  <Words>198</Words>
+  <Characters>1613</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>FMS</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4568</CharactersWithSpaces>
+  <CharactersWithSpaces>1764</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...164 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>IVIS tiesību pieprasīšana</dc:creator>
+  <dc:creator>Viktorija Slišāne</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>